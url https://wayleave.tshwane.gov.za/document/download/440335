--- v0 (2025-10-14)
+++ v1 (2025-12-03)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00037FA9" w:rsidRPr="007507D1" w:rsidRDefault="007507D1" w:rsidP="00E56D45">
+    <w:p w14:paraId="2CBDEF6A" w14:textId="77777777" w:rsidR="00037FA9" w:rsidRPr="007507D1" w:rsidRDefault="007507D1" w:rsidP="00E56D45">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
@@ -98,80 +98,80 @@
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="0070738E" w:rsidRPr="007507D1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4328"/>
+        <w:gridCol w:w="4327"/>
         <w:gridCol w:w="4494"/>
-        <w:gridCol w:w="786"/>
+        <w:gridCol w:w="787"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C6371" w:rsidTr="00A15371">
+      <w:tr w:rsidR="001C6371" w14:paraId="671018B1" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1923"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001C6371" w:rsidRPr="00DF68DE" w:rsidRDefault="001E6FB3" w:rsidP="004B1FF2">
+          <w:p w14:paraId="0D967341" w14:textId="77777777" w:rsidR="001C6371" w:rsidRPr="00DF68DE" w:rsidRDefault="001E6FB3" w:rsidP="004B1FF2">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B00E49">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-ZA" w:eastAsia="en-ZA"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03A9F356" wp14:editId="7512B4A0">
                   <wp:extent cx="1278255" cy="1134745"/>
                   <wp:effectExtent l="0" t="0" r="0" b="8255"/>
                   <wp:docPr id="1" name="Picture 1" descr="COT_Logo(RGB).jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="COT_Logo(RGB).jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -187,154 +187,162 @@
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001565D1" w:rsidRDefault="001565D1" w:rsidP="001C6371">
+          <w:p w14:paraId="5FD02B80" w14:textId="77777777" w:rsidR="001565D1" w:rsidRDefault="001565D1" w:rsidP="001C6371">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001C6371" w:rsidRPr="001565D1" w:rsidRDefault="001C6371" w:rsidP="001C6371">
+          <w:p w14:paraId="5021B1C1" w14:textId="77777777" w:rsidR="001C6371" w:rsidRPr="001565D1" w:rsidRDefault="001C6371" w:rsidP="001C6371">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001565D1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CERTIFICATE OF COMPLIANCE</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00984EAE" w:rsidRDefault="00984EAE" w:rsidP="001565D1">
+          <w:p w14:paraId="37AD144D" w14:textId="77777777" w:rsidR="00984EAE" w:rsidRDefault="00984EAE" w:rsidP="001565D1">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">for the issue of a </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007778EA" w:rsidRDefault="00984EAE" w:rsidP="001565D1">
+          <w:p w14:paraId="05F0A9FD" w14:textId="77777777" w:rsidR="007778EA" w:rsidRDefault="00984EAE" w:rsidP="001565D1">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r w:rsidR="007778EA">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>101</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">/16(7) </w:t>
             </w:r>
             <w:r w:rsidR="007778EA">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Certificate</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007778EA" w:rsidRDefault="007778EA" w:rsidP="007778EA">
+          <w:p w14:paraId="7CB6047B" w14:textId="77777777" w:rsidR="007778EA" w:rsidRDefault="007778EA" w:rsidP="007778EA">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001565D1" w:rsidRPr="00DF68DE" w:rsidRDefault="001C6371" w:rsidP="007778EA">
+          <w:p w14:paraId="6DD6DE03" w14:textId="77777777" w:rsidR="001565D1" w:rsidRPr="00DF68DE" w:rsidRDefault="001C6371" w:rsidP="007778EA">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3B41">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">oads and </w:t>
+              <w:t>oads</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004D3B41">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3B41">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">tormwater </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3B41">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ervices for </w:t>
             </w:r>
@@ -355,234 +363,234 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3B41">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ownship </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3B41">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>evelopment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6371" w:rsidTr="00A15371">
+      <w:tr w:rsidR="001C6371" w14:paraId="1DF53A7C" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001C6371" w:rsidRPr="00BD59EF" w:rsidRDefault="001C6371">
+          <w:p w14:paraId="6F902506" w14:textId="77777777" w:rsidR="001C6371" w:rsidRPr="00BD59EF" w:rsidRDefault="001C6371">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">NAME OF </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD59EF">
               <w:t>TOWNSHIP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6371" w:rsidRDefault="001C6371">
+          <w:p w14:paraId="07E95882" w14:textId="77777777" w:rsidR="001C6371" w:rsidRDefault="001C6371">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6371" w:rsidTr="00A15371">
+      <w:tr w:rsidR="001C6371" w14:paraId="2F4252A6" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="524"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6371" w:rsidRPr="00BD59EF" w:rsidRDefault="001C6371" w:rsidP="00DF68DE">
+          <w:p w14:paraId="63D176EB" w14:textId="77777777" w:rsidR="001C6371" w:rsidRPr="00BD59EF" w:rsidRDefault="001C6371" w:rsidP="00DF68DE">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00BD59EF">
               <w:t>NAME OF DEVELOPER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6371" w:rsidRDefault="001C6371">
+          <w:p w14:paraId="75CC0756" w14:textId="77777777" w:rsidR="001C6371" w:rsidRDefault="001C6371">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6371" w:rsidTr="00A15371">
+      <w:tr w:rsidR="001C6371" w14:paraId="4120389A" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001C6371" w:rsidRPr="00BD59EF" w:rsidRDefault="001C6371" w:rsidP="00B87537">
+          <w:p w14:paraId="1E696D11" w14:textId="77777777" w:rsidR="001C6371" w:rsidRPr="00BD59EF" w:rsidRDefault="001C6371" w:rsidP="00B87537">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00BD59EF">
               <w:t xml:space="preserve">NAME OF </w:t>
             </w:r>
             <w:r>
               <w:t>CONSULTING ENGINEER’S FIRM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6371" w:rsidRDefault="001C6371">
+          <w:p w14:paraId="4D89F8F2" w14:textId="77777777" w:rsidR="001C6371" w:rsidRDefault="001C6371">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00526601" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00526601" w14:paraId="1D33F814" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:trHeight w:val="596"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526601" w:rsidRDefault="00526601">
+          <w:p w14:paraId="0C2839E0" w14:textId="77777777" w:rsidR="00526601" w:rsidRDefault="00526601">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>IT IS HEREBY CERTIFIED:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00526601" w:rsidRDefault="00526601" w:rsidP="00CD1C83">
+          <w:p w14:paraId="7E40F640" w14:textId="77777777" w:rsidR="00526601" w:rsidRDefault="00526601" w:rsidP="00CD1C83">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">THAT THE </w:t>
             </w:r>
             <w:r w:rsidR="00F6350F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">FOLLOWING </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -600,88 +608,88 @@
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">THE </w:t>
             </w:r>
             <w:r w:rsidR="00F6350F" w:rsidRPr="0001250F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">ENGINEER </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>ARE COMPLETE AND IN ORDER</w:t>
             </w:r>
             <w:r w:rsidR="00F6350F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00526601" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00526601" w14:paraId="190922DF" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:trHeight w:val="154"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526601" w:rsidRDefault="00526601">
+          <w:p w14:paraId="6DC0D06F" w14:textId="77777777" w:rsidR="00526601" w:rsidRDefault="00526601">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57B5E" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00F57B5E" w14:paraId="7FC54CF5" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009C27D7" w:rsidRPr="00BD59EF" w:rsidRDefault="009C27D7" w:rsidP="00CF47F6">
+          <w:p w14:paraId="0E8B71E6" w14:textId="77777777" w:rsidR="009C27D7" w:rsidRPr="00BD59EF" w:rsidRDefault="009C27D7" w:rsidP="00CF47F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CF47F6">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Copy of </w:t>
             </w:r>
             <w:r w:rsidR="0028523C" w:rsidRPr="00CF47F6">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">original </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF47F6">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Services agreement (</w:t>
@@ -720,847 +728,866 @@
                 <w:i/>
               </w:rPr>
               <w:t>Department,</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF47F6">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0028523C" w:rsidRPr="00CF47F6">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t>and Legal Department</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF47F6">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00B225D9" w:rsidRDefault="00F57B5E" w:rsidP="00CF47F6">
+          <w:p w14:paraId="169D3077" w14:textId="67765714" w:rsidR="00F57B5E" w:rsidRPr="001D0350" w:rsidRDefault="00F57B5E" w:rsidP="00CF47F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CF47F6">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Proof of registration of any servitude in the title deeds</w:t>
             </w:r>
             <w:r w:rsidR="00E10431" w:rsidRPr="00CF47F6">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">  (SG diagram with Deeds Office stamp and number or alternatively written confirmation from the Deeds </w:t>
+              <w:t xml:space="preserve"> (SG diagram with Deeds Office stamp and number or alternatively written confirmation from the Deeds </w:t>
             </w:r>
             <w:r w:rsidR="00BE3390" w:rsidRPr="00CF47F6">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidR="00E10431" w:rsidRPr="00CF47F6">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>ffice that this servitude has been registered</w:t>
             </w:r>
             <w:r w:rsidR="00874DCE" w:rsidRPr="00CF47F6">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>, or approved township layout reflecting the relevant servitudes</w:t>
             </w:r>
             <w:r w:rsidR="00E10431" w:rsidRPr="00CF47F6">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B225D9" w:rsidRDefault="007507D1" w:rsidP="00CF47F6">
+          <w:p w14:paraId="7529B797" w14:textId="6853E204" w:rsidR="001D0350" w:rsidRPr="000E797D" w:rsidRDefault="000E797D" w:rsidP="00CF47F6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Detail Designs must be approved (</w:t>
+            </w:r>
+            <w:r w:rsidR="001D0350" w:rsidRPr="000E797D">
+              <w:t>Copy of the letter for the acceptance of construction drawings.</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="275909A4" w14:textId="77777777" w:rsidR="00B225D9" w:rsidRDefault="007507D1" w:rsidP="00CF47F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00B225D9">
               <w:t xml:space="preserve">igned </w:t>
             </w:r>
             <w:r w:rsidR="007778EA">
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00B225D9">
               <w:t xml:space="preserve">ompletion </w:t>
             </w:r>
             <w:r w:rsidR="007778EA">
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00B225D9">
               <w:t xml:space="preserve">ertificate </w:t>
             </w:r>
             <w:r w:rsidR="007778EA" w:rsidRPr="00CF47F6">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="007778EA" w:rsidP="00CF47F6">
+          <w:p w14:paraId="1DD3AC33" w14:textId="343FE625" w:rsidR="00D062F1" w:rsidRPr="00BD59EF" w:rsidRDefault="007778EA" w:rsidP="001D0350">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Certification of the value of the outstanding </w:t>
             </w:r>
             <w:r w:rsidR="00A15371">
               <w:t>roads and stormwater s</w:t>
             </w:r>
             <w:r>
               <w:t>ervices</w:t>
             </w:r>
             <w:r w:rsidR="00CF47F6">
               <w:t xml:space="preserve"> (Applicable to External and Internal service for the purpose of providing a Performance guarantee)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
+          <w:p w14:paraId="5C81EF47" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57B5E" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00F57B5E" w14:paraId="67F3E4B2" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
+          <w:p w14:paraId="4F264EDC" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
             <w:pPr>
               <w:ind w:left="284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
+          <w:p w14:paraId="0BAC3181" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57B5E" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00F57B5E" w14:paraId="6B6D97DD" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
+          <w:p w14:paraId="129981C5" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
             <w:pPr>
               <w:ind w:left="284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
+          <w:p w14:paraId="261414C5" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57B5E" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00F57B5E" w14:paraId="29CA6D68" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
+          <w:p w14:paraId="6667F25E" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
             <w:pPr>
               <w:ind w:left="284"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRDefault="00F57B5E" w:rsidP="00526601"/>
+          <w:p w14:paraId="3CC9EE5E" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRDefault="00F57B5E" w:rsidP="00526601"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57B5E" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00F57B5E" w14:paraId="78D8E59D" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
+          <w:p w14:paraId="55D3FFC7" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
             <w:pPr>
               <w:ind w:left="284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
+          <w:p w14:paraId="41085CB2" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57B5E" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00F57B5E" w14:paraId="64F19CFC" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
+          <w:p w14:paraId="33EDA6C8" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
             <w:pPr>
               <w:ind w:left="284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
+          <w:p w14:paraId="3F240C1D" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57B5E" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00F57B5E" w14:paraId="62611B03" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
+          <w:p w14:paraId="24205155" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
             <w:pPr>
               <w:ind w:left="284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
+          <w:p w14:paraId="06DCDEEF" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57B5E" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00F57B5E" w14:paraId="03C64DBE" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
+          <w:p w14:paraId="42563807" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00DA0767">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
+          <w:p w14:paraId="00B03AA4" w14:textId="77777777" w:rsidR="00F57B5E" w:rsidRPr="00BD59EF" w:rsidRDefault="00F57B5E" w:rsidP="00526601">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00526601" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00526601" w14:paraId="5B188B72" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526601" w:rsidRDefault="00526601" w:rsidP="005222DE">
+          <w:p w14:paraId="69A13349" w14:textId="77777777" w:rsidR="00526601" w:rsidRDefault="00526601" w:rsidP="005222DE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E10431" w:rsidRDefault="007778EA" w:rsidP="00791823">
+          <w:p w14:paraId="683964DF" w14:textId="77777777" w:rsidR="00E10431" w:rsidRDefault="007778EA" w:rsidP="00791823">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>This certificate</w:t>
             </w:r>
             <w:r w:rsidR="00F57B5E" w:rsidRPr="00DA5239">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> is a prerequisite </w:t>
             </w:r>
             <w:r w:rsidR="00791823">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">for the issue of </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00984EAE">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>a Section</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00791823" w:rsidRPr="00DA5239">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00791823">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>101</w:t>
             </w:r>
             <w:r w:rsidR="00984EAE">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>/16(7)</w:t>
             </w:r>
             <w:r w:rsidR="00791823" w:rsidRPr="00DA5239">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Certificate</w:t>
             </w:r>
             <w:r w:rsidR="00791823">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00791823" w:rsidRPr="00BD59EF" w:rsidRDefault="00791823" w:rsidP="00791823">
+          <w:p w14:paraId="7CDFA86F" w14:textId="77777777" w:rsidR="00791823" w:rsidRPr="00BD59EF" w:rsidRDefault="00791823" w:rsidP="00791823">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526601" w:rsidRPr="00BD59EF" w:rsidRDefault="00526601" w:rsidP="005222DE">
+          <w:p w14:paraId="2B4D99F8" w14:textId="77777777" w:rsidR="00526601" w:rsidRPr="00BD59EF" w:rsidRDefault="00526601" w:rsidP="005222DE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A15371" w:rsidRPr="00CD1C83" w:rsidTr="004C213B">
+      <w:tr w:rsidR="00A15371" w:rsidRPr="00CD1C83" w14:paraId="6B100BC8" w14:textId="77777777" w:rsidTr="004C213B">
         <w:trPr>
           <w:trHeight w:val="1000"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A15371" w:rsidRPr="00CD1C83" w:rsidRDefault="00A15371">
+          <w:p w14:paraId="57AA71C6" w14:textId="77777777" w:rsidR="00A15371" w:rsidRPr="00CD1C83" w:rsidRDefault="00A15371">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00CD1C83">
               <w:t>NAME OF ENGINEER:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A15371" w:rsidRDefault="00A15371" w:rsidP="00A15371">
+          <w:p w14:paraId="40DB9F35" w14:textId="77777777" w:rsidR="00A15371" w:rsidRDefault="00A15371" w:rsidP="00A15371">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00CD1C83">
               <w:t xml:space="preserve">NAME OF </w:t>
             </w:r>
             <w:r w:rsidR="00791823">
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD1C83">
               <w:t xml:space="preserve">ESPONSIBLE OFFICIAL IN </w:t>
             </w:r>
             <w:r w:rsidR="00791823">
               <w:t xml:space="preserve">THE </w:t>
             </w:r>
             <w:r w:rsidRPr="00CD1C83">
               <w:t xml:space="preserve">ROADS AND </w:t>
             </w:r>
             <w:r>
               <w:t>TRANSPORT</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD1C83">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>DEPARTMENT:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A15371" w:rsidRDefault="00A15371" w:rsidP="00A15371">
-[...6 lines deleted...]
-          <w:p w:rsidR="00A15371" w:rsidRDefault="00A15371" w:rsidP="00A15371">
+          <w:p w14:paraId="44778BC5" w14:textId="77777777" w:rsidR="00A15371" w:rsidRDefault="00A15371" w:rsidP="00A15371">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A15371" w:rsidRPr="00CD1C83" w:rsidRDefault="00A15371" w:rsidP="00A15371">
+          <w:p w14:paraId="3939E467" w14:textId="77777777" w:rsidR="00A15371" w:rsidRDefault="00A15371" w:rsidP="00A15371">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CFC031B" w14:textId="77777777" w:rsidR="00A15371" w:rsidRPr="00CD1C83" w:rsidRDefault="00A15371" w:rsidP="00A15371">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00526601" w:rsidRPr="00CD1C83" w14:paraId="15512DCE" w14:textId="77777777" w:rsidTr="00A15371">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526601" w:rsidRDefault="00A15371">
+          <w:p w14:paraId="61A0E3ED" w14:textId="77777777" w:rsidR="00526601" w:rsidRDefault="00A15371">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CD1C83">
               <w:t>SIGNATURE:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A15371" w:rsidRPr="00CD1C83" w:rsidRDefault="00A15371">
+          <w:p w14:paraId="7454E711" w14:textId="77777777" w:rsidR="00A15371" w:rsidRPr="00CD1C83" w:rsidRDefault="00A15371">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601">
+          <w:p w14:paraId="78316D8F" w14:textId="77777777" w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601">
+          <w:p w14:paraId="1B4506DB" w14:textId="77777777" w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00A15371">
+          <w:p w14:paraId="4224B56F" w14:textId="77777777" w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00A15371">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CD1C83">
               <w:t>SIGNATURE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00526601" w:rsidRPr="00CD1C83" w14:paraId="760E03DA" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601" w:rsidP="00BB63F8">
+          <w:p w14:paraId="66570070" w14:textId="77777777" w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601" w:rsidP="00BB63F8">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00CD1C83">
               <w:t xml:space="preserve">ECSA Professional Registration </w:t>
             </w:r>
             <w:r w:rsidR="00BB63F8">
               <w:t>number:</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD1C83">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601">
+          <w:p w14:paraId="32B8C944" w14:textId="77777777" w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidTr="00A15371">
+      <w:tr w:rsidR="00526601" w:rsidRPr="00CD1C83" w14:paraId="3B798266" w14:textId="77777777" w:rsidTr="00A15371">
         <w:trPr>
           <w:trHeight w:val="108"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601" w:rsidP="00194B53">
+          <w:p w14:paraId="12B6AD59" w14:textId="77777777" w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601" w:rsidP="00194B53">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CD1C83">
               <w:t>Date</w:t>
             </w:r>
             <w:r w:rsidR="00BB63F8">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601" w:rsidP="00435DCC">
+          <w:p w14:paraId="0524D939" w14:textId="77777777" w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601" w:rsidP="00435DCC">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00CD1C83">
               <w:t>Date</w:t>
             </w:r>
             <w:r w:rsidR="00BB63F8">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601">
+          <w:p w14:paraId="71AE016C" w14:textId="77777777" w:rsidR="00526601" w:rsidRPr="00CD1C83" w:rsidRDefault="00526601">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005222DE" w:rsidRPr="00BD59EF" w:rsidRDefault="005222DE" w:rsidP="001565D1">
+    <w:p w14:paraId="3F8C47C4" w14:textId="77777777" w:rsidR="005222DE" w:rsidRPr="00BD59EF" w:rsidRDefault="005222DE" w:rsidP="001565D1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005222DE" w:rsidRPr="00BD59EF" w:rsidSect="00927660">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="301" w:left="1418" w:header="720" w:footer="284" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CC7C9C" w:rsidRDefault="00CC7C9C">
+    <w:p w14:paraId="03FA4576" w14:textId="77777777" w:rsidR="00CC7C9C" w:rsidRDefault="00CC7C9C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CC7C9C" w:rsidRDefault="00CC7C9C">
+    <w:p w14:paraId="55CAB808" w14:textId="77777777" w:rsidR="00CC7C9C" w:rsidRDefault="00CC7C9C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1577,139 +1604,139 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="007778EA" w:rsidRDefault="007778EA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="51BDF430" w14:textId="77777777" w:rsidR="007778EA" w:rsidRDefault="007778EA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="-284"/>
         <w:tab w:val="right" w:pos="9356"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> FILENAME </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>PTD-01 Certificate of Compliance 101</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00984EAE">
       <w:t>/16(7)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CC7C9C" w:rsidRDefault="00CC7C9C">
+    <w:p w14:paraId="353F0A99" w14:textId="77777777" w:rsidR="00CC7C9C" w:rsidRDefault="00CC7C9C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CC7C9C" w:rsidRDefault="00CC7C9C">
+    <w:p w14:paraId="161F7F0E" w14:textId="77777777" w:rsidR="00CC7C9C" w:rsidRDefault="00CC7C9C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:10.8pt;height:10.8pt" o:bullet="t">
+      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:10.5pt;height:10.5pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="BD21301_"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1038" type="#_x0000_t75" style="width:9.6pt;height:9.6pt" o:bullet="t">
+      <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:9.5pt;height:9.5pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="BD21504_"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FEE56AF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B0F8C194"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -4390,315 +4417,328 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F0D68A7"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="871CD946"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="130640081">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1339577447">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="636571363">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="421528950">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="784694426">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="126708000">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1485900527">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="223178896">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1378578361">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="528762916">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1478720528">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1552499784">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="15622775">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="89393577">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="672103122">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1413576537">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="814640168">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1976792536">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="327363798">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="532304436">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="35664126">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0021478B"/>
     <w:rsid w:val="0001250F"/>
     <w:rsid w:val="00037FA9"/>
     <w:rsid w:val="00057127"/>
     <w:rsid w:val="00057789"/>
+    <w:rsid w:val="00092300"/>
+    <w:rsid w:val="000E797D"/>
     <w:rsid w:val="000F01FF"/>
     <w:rsid w:val="001412DC"/>
     <w:rsid w:val="001565D1"/>
     <w:rsid w:val="0018141F"/>
     <w:rsid w:val="00194B53"/>
     <w:rsid w:val="00195431"/>
     <w:rsid w:val="001C6371"/>
+    <w:rsid w:val="001D0350"/>
     <w:rsid w:val="001D4E0F"/>
     <w:rsid w:val="001D6BDB"/>
     <w:rsid w:val="001E6FB3"/>
     <w:rsid w:val="002051A1"/>
     <w:rsid w:val="0021478B"/>
     <w:rsid w:val="00221BBE"/>
     <w:rsid w:val="002231DC"/>
     <w:rsid w:val="002332E0"/>
+    <w:rsid w:val="0025079B"/>
     <w:rsid w:val="00275331"/>
     <w:rsid w:val="0028523C"/>
     <w:rsid w:val="002933EF"/>
     <w:rsid w:val="002D6182"/>
     <w:rsid w:val="002E765E"/>
     <w:rsid w:val="002E7713"/>
     <w:rsid w:val="002E78BE"/>
     <w:rsid w:val="002F748A"/>
     <w:rsid w:val="00322D28"/>
     <w:rsid w:val="00396B9F"/>
     <w:rsid w:val="003B47DB"/>
     <w:rsid w:val="003D38D7"/>
     <w:rsid w:val="00417898"/>
     <w:rsid w:val="00435DCC"/>
     <w:rsid w:val="00436A78"/>
+    <w:rsid w:val="00450F1A"/>
     <w:rsid w:val="00457271"/>
     <w:rsid w:val="0048098F"/>
     <w:rsid w:val="004B1FF2"/>
     <w:rsid w:val="004C213B"/>
     <w:rsid w:val="004D0888"/>
     <w:rsid w:val="004D3B41"/>
     <w:rsid w:val="005222DE"/>
     <w:rsid w:val="00526601"/>
+    <w:rsid w:val="00535856"/>
     <w:rsid w:val="00584F66"/>
     <w:rsid w:val="00616576"/>
     <w:rsid w:val="0063579A"/>
     <w:rsid w:val="006640F1"/>
     <w:rsid w:val="00664917"/>
     <w:rsid w:val="006A0D97"/>
     <w:rsid w:val="006A4245"/>
     <w:rsid w:val="006A50BB"/>
     <w:rsid w:val="006C6CC1"/>
     <w:rsid w:val="006D6E88"/>
     <w:rsid w:val="0070617B"/>
     <w:rsid w:val="0070738E"/>
     <w:rsid w:val="007507D1"/>
     <w:rsid w:val="007778EA"/>
     <w:rsid w:val="00791823"/>
     <w:rsid w:val="007C3779"/>
     <w:rsid w:val="00874743"/>
     <w:rsid w:val="00874DCE"/>
     <w:rsid w:val="008932A5"/>
     <w:rsid w:val="008C459F"/>
     <w:rsid w:val="0090747C"/>
     <w:rsid w:val="00927660"/>
+    <w:rsid w:val="009525C6"/>
     <w:rsid w:val="00960C55"/>
+    <w:rsid w:val="00982B97"/>
     <w:rsid w:val="00984EAE"/>
+    <w:rsid w:val="009862DA"/>
     <w:rsid w:val="00986FD0"/>
     <w:rsid w:val="009A5458"/>
     <w:rsid w:val="009B1E7D"/>
     <w:rsid w:val="009C27D7"/>
     <w:rsid w:val="00A046E0"/>
     <w:rsid w:val="00A15371"/>
     <w:rsid w:val="00A21270"/>
     <w:rsid w:val="00A62398"/>
     <w:rsid w:val="00AB3538"/>
     <w:rsid w:val="00AE21A0"/>
     <w:rsid w:val="00AE566C"/>
     <w:rsid w:val="00AE6DCF"/>
     <w:rsid w:val="00B0465F"/>
     <w:rsid w:val="00B22436"/>
     <w:rsid w:val="00B225D9"/>
     <w:rsid w:val="00B82BE2"/>
     <w:rsid w:val="00B87537"/>
     <w:rsid w:val="00BB63F8"/>
     <w:rsid w:val="00BD59EF"/>
     <w:rsid w:val="00BD6C2B"/>
     <w:rsid w:val="00BE3390"/>
     <w:rsid w:val="00BF248F"/>
     <w:rsid w:val="00C02D6E"/>
     <w:rsid w:val="00C05D7B"/>
     <w:rsid w:val="00C74FD3"/>
     <w:rsid w:val="00CB4D25"/>
     <w:rsid w:val="00CC7C9C"/>
     <w:rsid w:val="00CD1C83"/>
     <w:rsid w:val="00CE59BC"/>
     <w:rsid w:val="00CF47F6"/>
+    <w:rsid w:val="00D062F1"/>
     <w:rsid w:val="00D26A9D"/>
     <w:rsid w:val="00D42B12"/>
     <w:rsid w:val="00D46B55"/>
     <w:rsid w:val="00D50EA9"/>
     <w:rsid w:val="00D71D8A"/>
     <w:rsid w:val="00D97D4D"/>
     <w:rsid w:val="00DA0767"/>
+    <w:rsid w:val="00DA4FA6"/>
     <w:rsid w:val="00DA5239"/>
     <w:rsid w:val="00DC1F54"/>
     <w:rsid w:val="00DD308F"/>
     <w:rsid w:val="00DD6465"/>
     <w:rsid w:val="00DF68DE"/>
     <w:rsid w:val="00E001CB"/>
     <w:rsid w:val="00E06406"/>
     <w:rsid w:val="00E10431"/>
     <w:rsid w:val="00E26C4B"/>
     <w:rsid w:val="00E56D45"/>
     <w:rsid w:val="00EA1A0B"/>
     <w:rsid w:val="00ED5D1E"/>
     <w:rsid w:val="00F373BA"/>
     <w:rsid w:val="00F41436"/>
     <w:rsid w:val="00F45D68"/>
     <w:rsid w:val="00F57B5E"/>
     <w:rsid w:val="00F6350F"/>
     <w:rsid w:val="00F7656B"/>
     <w:rsid w:val="00F85AF5"/>
     <w:rsid w:val="00FC7144"/>
     <w:rsid w:val="00FE4B90"/>
     <w:rsid w:val="00FF2A4C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-ZA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="7B1E49A5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D3ACD533-0EF3-44C1-A779-EBBE0BC360F3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-ZA" w:eastAsia="en-ZA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4929,50 +4969,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="312" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
@@ -5068,51 +5113,51 @@
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00E56D45"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CF47F6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -5551,75 +5596,75 @@
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D5CE7CA-9F2D-4A54-90E5-CB94A735424A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>173</Words>
-  <Characters>1059</Characters>
+  <Words>189</Words>
+  <Characters>1140</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PRACTICAL COMPLETION CERTIFICATE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>AFRICON</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1230</CharactersWithSpaces>
+  <CharactersWithSpaces>1327</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PRACTICAL COMPLETION CERTIFICATE</dc:title>
   <dc:subject/>
   <dc:creator>Johann Louw</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_40605f0a-13ce-4338-9c79-2ff34c6129f0_Enabled">
     <vt:lpwstr>True</vt:lpwstr>
   </property>